--- v0 (2025-12-18)
+++ v1 (2026-03-07)
@@ -7,287 +7,379 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="15B6E408" w14:textId="77777777" w:rsidR="00DD5578" w:rsidRPr="00A55C4F" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
+    <w:p w14:paraId="5733754F" w14:textId="6C284A90" w:rsidR="00B869EE" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A55C4F">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Appel à candidatures - Label blocs écoresponsables</w:t>
+        <w:t xml:space="preserve">Appel à candidatures  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2456BDC1" w14:textId="77777777" w:rsidR="00DD5578" w:rsidRPr="00DD5578" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
-      <w:pPr>
+    <w:p w14:paraId="75CA7BB4" w14:textId="77777777" w:rsidR="00B869EE" w:rsidRDefault="00B869EE" w:rsidP="00DD5578">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>« Engagement environnemental »</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B6E408" w14:textId="65AC42CB" w:rsidR="00DD5578" w:rsidRPr="00A55C4F" w:rsidRDefault="00B869EE" w:rsidP="00DD5578">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BLOC OPÉRATOIRE DURABLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2456BDC1" w14:textId="7FCD82E4" w:rsidR="00DD5578" w:rsidRPr="00DD5578" w:rsidRDefault="00B869EE" w:rsidP="00DD5578">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50E8D31B" wp14:editId="4D85B019">
-            <wp:extent cx="799194" cy="883275"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E706622" wp14:editId="58AE01E9">
+            <wp:extent cx="1790155" cy="1609725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="906230741" name="Image 3" descr="Une image contenant texte, Police, graphisme, Graphique&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
+            <wp:docPr id="1301040675" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="906230741" name="Image 3" descr="Une image contenant texte, Police, graphisme, Graphique&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="807696" cy="892672"/>
+                      <a:ext cx="1828317" cy="1644041"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBA6D75" w14:textId="77777777" w:rsidR="00DD5578" w:rsidRPr="00DD5578" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
+    <w:p w14:paraId="58924879" w14:textId="77777777" w:rsidR="00B869EE" w:rsidRDefault="00B869EE" w:rsidP="00DD5578">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD5578">
+    </w:p>
+    <w:p w14:paraId="2EBA6D75" w14:textId="537F5FFD" w:rsidR="00DD5578" w:rsidRPr="00DD5578" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5578">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Lettre d’engagement </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D83804" w14:textId="3BB73509" w:rsidR="006C546D" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
+    <w:p w14:paraId="72D83804" w14:textId="5783D165" w:rsidR="006C546D" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5578">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’</w:t>
       </w:r>
       <w:r w:rsidR="006C546D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>engagement de l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5578">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">établissement </w:t>
       </w:r>
       <w:r w:rsidR="00D1528A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>dans la démarche de labellisation des blocs opératoire</w:t>
-[...7 lines deleted...]
-        <w:t>s</w:t>
+        <w:t>dans la démarche d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B869EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’obtention de la mention « Engagement environnemental » BLOC OPÉRATOIRE DURABLE</w:t>
       </w:r>
       <w:r w:rsidR="006C546D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, se réalise par ces deux points :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733EC462" w14:textId="450DE856" w:rsidR="006C546D" w:rsidRDefault="006C546D" w:rsidP="00EB3370">
+    <w:p w14:paraId="733EC462" w14:textId="42D786AE" w:rsidR="006C546D" w:rsidRDefault="006C546D" w:rsidP="00EB3370">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">-La </w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B869EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:r w:rsidR="00D1528A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>signature de cette lettre par le directeur de l’établissement</w:t>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de cette lettre par le directeur de l’établissement</w:t>
       </w:r>
       <w:r w:rsidR="00357CA3">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4105DAE6" w14:textId="63E46F10" w:rsidR="00DD5578" w:rsidRPr="00EB3370" w:rsidRDefault="006C546D" w:rsidP="00EB3370">
+    <w:p w14:paraId="4105DAE6" w14:textId="4859F35D" w:rsidR="00DD5578" w:rsidRPr="00EB3370" w:rsidRDefault="006C546D" w:rsidP="00EB3370">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:r w:rsidR="00B869EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">la </w:t>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00DD5578" w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>désign</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ation</w:t>
       </w:r>
       <w:r w:rsidR="00DD5578" w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -808,51 +900,73 @@
       </w:pPr>
       <w:r w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Mme/M :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F008B7" w14:textId="77777777" w:rsidR="00DD5578" w:rsidRPr="00EB3370" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tél. :                                         Mail : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5DEF9F" w14:textId="77777777" w:rsidR="006C546D" w:rsidRPr="00EB3370" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
+    <w:p w14:paraId="14275042" w14:textId="77777777" w:rsidR="00B869EE" w:rsidRDefault="00B869EE" w:rsidP="00DD5578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="565A36EC" w14:textId="77777777" w:rsidR="00B869EE" w:rsidRDefault="00B869EE" w:rsidP="00DD5578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5DEF9F" w14:textId="433EAC06" w:rsidR="006C546D" w:rsidRPr="00EB3370" w:rsidRDefault="00DD5578" w:rsidP="00DD5578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nom prénom de la personne responsable du projet</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3370">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488B2388" w14:textId="47BE8758" w:rsidR="00DD5578" w:rsidRPr="00EB3370" w:rsidRDefault="006C546D" w:rsidP="00DD5578">
@@ -1473,134 +1587,137 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1815560979">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F3010"/>
     <w:rsid w:val="00032742"/>
     <w:rsid w:val="00037C34"/>
+    <w:rsid w:val="000B7346"/>
     <w:rsid w:val="00183736"/>
     <w:rsid w:val="001A1642"/>
     <w:rsid w:val="001C000D"/>
     <w:rsid w:val="001E3A48"/>
     <w:rsid w:val="00212A47"/>
     <w:rsid w:val="00271D53"/>
+    <w:rsid w:val="002B178A"/>
     <w:rsid w:val="002D095C"/>
     <w:rsid w:val="003211EA"/>
     <w:rsid w:val="00357CA3"/>
     <w:rsid w:val="003D4B53"/>
     <w:rsid w:val="003E256A"/>
     <w:rsid w:val="004512F8"/>
     <w:rsid w:val="004750A8"/>
     <w:rsid w:val="00510D09"/>
     <w:rsid w:val="005A2144"/>
     <w:rsid w:val="006645BC"/>
     <w:rsid w:val="006C446A"/>
     <w:rsid w:val="006C546D"/>
     <w:rsid w:val="007A2345"/>
     <w:rsid w:val="007B3950"/>
     <w:rsid w:val="00867DEE"/>
     <w:rsid w:val="008A66D7"/>
     <w:rsid w:val="008F3010"/>
     <w:rsid w:val="00923747"/>
     <w:rsid w:val="0094146B"/>
     <w:rsid w:val="00A55C4F"/>
     <w:rsid w:val="00AB6CEB"/>
     <w:rsid w:val="00B61FFD"/>
+    <w:rsid w:val="00B869EE"/>
     <w:rsid w:val="00BA5E02"/>
     <w:rsid w:val="00C67714"/>
     <w:rsid w:val="00D1513E"/>
     <w:rsid w:val="00D1528A"/>
     <w:rsid w:val="00D212B9"/>
     <w:rsid w:val="00DB772F"/>
     <w:rsid w:val="00DD5578"/>
     <w:rsid w:val="00EB3370"/>
     <w:rsid w:val="00ED22E1"/>
     <w:rsid w:val="00F177A7"/>
     <w:rsid w:val="00FE54A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="44F1B765"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{66025B51-2AB7-47BB-A8D5-1A988C71FBB4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -2895,76 +3012,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3540C393-5133-441A-830C-AA2535993FF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>711</Characters>
+  <Pages>2</Pages>
+  <Words>140</Words>
+  <Characters>775</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>839</CharactersWithSpaces>
+  <CharactersWithSpaces>914</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PINSON, Doris (ARS-NA/DOS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>