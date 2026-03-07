--- v0 (2025-12-18)
+++ v1 (2026-03-07)
@@ -6,181 +6,216 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79EF667A" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRPr="00A55C4F" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
+    <w:p w14:paraId="5DAD1B3A" w14:textId="77777777" w:rsidR="00724AFB" w:rsidRDefault="00724AFB" w:rsidP="00724AFB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A55C4F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Label blocs écoresponsables</w:t>
+        <w:t>« Engagement environnemental »</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703B4B48" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
+    <w:p w14:paraId="54FA74E2" w14:textId="77777777" w:rsidR="00724AFB" w:rsidRPr="00A55C4F" w:rsidRDefault="00724AFB" w:rsidP="00724AFB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BLOC OPÉRATOIRE DURABLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2762E2C3" w14:textId="77777777" w:rsidR="00724AFB" w:rsidRPr="00DD5578" w:rsidRDefault="00724AFB" w:rsidP="00724AFB">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A55C4F">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0078648E" wp14:editId="29161250">
-            <wp:extent cx="1219200" cy="1347470"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17A21275" wp14:editId="3FAACE26">
+            <wp:extent cx="1790155" cy="1609725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="906230741" name="Image 3" descr="Une image contenant texte, Police, graphisme, Graphique&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
+            <wp:docPr id="1301040675" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="906230741" name="Image 3" descr="Une image contenant texte, Police, graphisme, Graphique&#10;&#10;Le contenu généré par l’IA peut être incorrect."/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1219200" cy="1347470"/>
+                      <a:ext cx="1828317" cy="1644041"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC3F7D4" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
+    <w:p w14:paraId="48204792" w14:textId="3A6F32E0" w:rsidR="00724AFB" w:rsidRPr="00724AFB" w:rsidRDefault="00724AFB" w:rsidP="00724AFB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Calibri" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF63C9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+      <w:r w:rsidRPr="00724AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Calibri" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lettre de demande de labellisation </w:t>
+        <w:t>Lettre de demande d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Calibri" w:hAnsi="Marianne" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’audit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52073E6E" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AF2E78F" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRPr="00212A47" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53AA64D7" w14:textId="293E00C0" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00EB308C" w:rsidP="005D39E1">
+    <w:p w14:paraId="53AA64D7" w14:textId="409B50D5" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00EB308C" w:rsidP="005D39E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Notre </w:t>
       </w:r>
       <w:r w:rsidR="00F528A4">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">établissement,  </w:t>
       </w:r>
       <w:r>
@@ -223,145 +258,161 @@
       </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 , après son engagement dans la </w:t>
       </w:r>
       <w:r w:rsidR="001F080E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">procédure </w:t>
       </w:r>
       <w:r w:rsidR="006662B9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">préalable </w:t>
       </w:r>
+      <w:r w:rsidR="0043214F">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>à l’obtention</w:t>
+      </w:r>
+      <w:r w:rsidR="00724AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="001F080E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
+      <w:r w:rsidR="00724AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la mention « Engagement environnemental » BLOC OPÉRATOIRE DURABLE </w:t>
+      </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>labellisation des  blocs éco-responsable</w:t>
-[...7 lines deleted...]
-        <w:t>s</w:t>
+        <w:t>lancé</w:t>
+      </w:r>
+      <w:r w:rsidR="001F080E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, lancé</w:t>
+        <w:t xml:space="preserve"> par l’ARS Nouvelle Aquitaine et accompagné par l</w:t>
       </w:r>
       <w:r w:rsidR="001F080E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e</w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par l’ARS Nouvelle Aquitaine et accompagné par l</w:t>
-[...7 lines deleted...]
-        <w:t>a</w:t>
+        <w:t xml:space="preserve"> Mission d’Appui</w:t>
+      </w:r>
+      <w:r w:rsidR="004E79FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Santé Durable</w:t>
       </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mission d’Appui</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Santé Durable</w:t>
+        <w:t xml:space="preserve">, souhaite que </w:t>
+      </w:r>
+      <w:r w:rsidR="005D39E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’équipe </w:t>
+      </w:r>
+      <w:r w:rsidR="00724AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d’experts </w:t>
       </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, souhaite que </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> vienne auditer la démarche éco-responsable de </w:t>
+        <w:t xml:space="preserve">vienne auditer la démarche éco-responsable de </w:t>
       </w:r>
       <w:r w:rsidR="006662B9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nos </w:t>
       </w:r>
       <w:r w:rsidR="00FA08A6" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">blocs opératoires. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEB6ABD" w14:textId="4BF40DB6" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00FA08A6" w:rsidP="005D39E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
@@ -372,122 +423,107 @@
       <w:r w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La plateforme est </w:t>
       </w:r>
       <w:r w:rsidR="005D39E1" w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>remplie</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les éléments de preuves déposés. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446ABE4F" w14:textId="499E631D" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00FA08A6" w:rsidP="005D39E1">
+    <w:p w14:paraId="446ABE4F" w14:textId="3DBE5418" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00FA08A6" w:rsidP="005D39E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="004F740A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ………………………………………. responsable du projet est à votre disposition pour programmer la venue d</w:t>
       </w:r>
       <w:r w:rsidR="005D39E1">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e l’équipe de labellisation</w:t>
+        <w:t>e l’équipe d</w:t>
+      </w:r>
+      <w:r w:rsidR="006F402E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’audit</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6E33C80E" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="538EA6C3" w14:textId="77777777" w:rsidR="00FA08A6" w:rsidRPr="00CF63C9" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AB2B326" w14:textId="7EA0D8D9" w:rsidR="001A1642" w:rsidRDefault="00FA08A6" w:rsidP="00FA08A6">
       <w:r w:rsidRPr="00CF63C9">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>Fait à</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
@@ -857,110 +893,121 @@
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="019B8478" w14:textId="36BC7C10" w:rsidR="00212A47" w:rsidRDefault="00212A47" w:rsidP="00183736">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="4253"/>
         <w:tab w:val="center" w:pos="5245"/>
         <w:tab w:val="left" w:pos="5387"/>
         <w:tab w:val="left" w:pos="5670"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F3010"/>
     <w:rsid w:val="00037C34"/>
+    <w:rsid w:val="000B7346"/>
     <w:rsid w:val="00183736"/>
     <w:rsid w:val="001A1642"/>
     <w:rsid w:val="001A5C64"/>
     <w:rsid w:val="001E3A48"/>
     <w:rsid w:val="001F080E"/>
     <w:rsid w:val="00212A47"/>
+    <w:rsid w:val="00220249"/>
     <w:rsid w:val="0024688A"/>
     <w:rsid w:val="003211EA"/>
     <w:rsid w:val="003D4B53"/>
     <w:rsid w:val="003E256A"/>
+    <w:rsid w:val="0043214F"/>
     <w:rsid w:val="004512F8"/>
     <w:rsid w:val="004750A8"/>
     <w:rsid w:val="00495B56"/>
     <w:rsid w:val="004A7619"/>
     <w:rsid w:val="004E79FD"/>
     <w:rsid w:val="004F740A"/>
+    <w:rsid w:val="0055128B"/>
     <w:rsid w:val="005D39E1"/>
     <w:rsid w:val="005F1236"/>
     <w:rsid w:val="006662B9"/>
     <w:rsid w:val="006C446A"/>
+    <w:rsid w:val="006F402E"/>
     <w:rsid w:val="0070585E"/>
+    <w:rsid w:val="00724AFB"/>
     <w:rsid w:val="007B3950"/>
+    <w:rsid w:val="008059F0"/>
     <w:rsid w:val="00867DEE"/>
     <w:rsid w:val="008F3010"/>
+    <w:rsid w:val="00A217C9"/>
     <w:rsid w:val="00A55C4F"/>
     <w:rsid w:val="00A669CD"/>
     <w:rsid w:val="00AB6CEB"/>
     <w:rsid w:val="00AF1B70"/>
     <w:rsid w:val="00C67714"/>
     <w:rsid w:val="00CF63C9"/>
     <w:rsid w:val="00D9222A"/>
     <w:rsid w:val="00DA733B"/>
+    <w:rsid w:val="00E621F6"/>
     <w:rsid w:val="00EB308C"/>
     <w:rsid w:val="00EF6ED4"/>
     <w:rsid w:val="00F177A7"/>
+    <w:rsid w:val="00F4576C"/>
     <w:rsid w:val="00F528A4"/>
     <w:rsid w:val="00FA08A6"/>
     <w:rsid w:val="00FA77D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1917,50 +1964,65 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00212A47"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00212A47"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="229460631">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2236,75 +2298,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E714E11-6EB7-425A-A698-487002FE77BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>110</Words>
-  <Characters>607</Characters>
+  <Words>115</Words>
+  <Characters>638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>716</CharactersWithSpaces>
+  <CharactersWithSpaces>752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PINSON, Doris (ARS-NA/DOS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>